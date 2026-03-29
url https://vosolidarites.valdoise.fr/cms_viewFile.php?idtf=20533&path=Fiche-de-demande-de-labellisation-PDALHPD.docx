--- v0 (2025-11-19)
+++ v1 (2026-03-29)
@@ -2840,51 +2840,63 @@
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  le demandeur doit appartenir au 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>er</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> quartile (seuil de 11615€ en 2024 en Ile-de-France indiqué dans la demande de logement)</w:t>
+              <w:t xml:space="preserve"> quartile (seuil de 12000€ en 2025</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en Ile-de-France indiqué dans la demande de logement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:color="auto" w:fill="FFFFFF" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:snapToGrid w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:i/>
@@ -3994,52 +4006,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr/>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="__UnoMark__495_1157576681"/>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkStart w:id="3" w:name="__UnoMark__495_1157576681"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Arrêté portant interdiction temporaire ou définitive d'habiter et d’utiliser les lieux (de moins de 2 ans)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:i/>
@@ -6340,52 +6352,50 @@
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">□ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:fill="FFFFFF" w:val="clear"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Justificatif de domicile de moins 3 mois*</w:t>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="3"/>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>et</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -6992,110 +7002,178 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:shd w:fill="FFFFFF" w:val="clear"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:shd w:fill="FFFFFF" w:val="clear"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:shd w:fill="FFFFFF" w:val="clear"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="false"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="false"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>(3) PLAFONDS DE RESSOURCES SUR LES HLM SELON LE MODE DE FINANCEMENT AU TITRE DE 2025</w:t>
+        <w:t>(3) PLAFONDS DE RESSOURCES SUR LES HLM SELON LE MODE DE FINANCEMENT AU TITRE DE 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Les plafonds de ressources à respecter pour l’attribution d’un logement social sont modifiés par l’arrêté du 23 décembre 2024.</w:t>
+        <w:t>Les plafonds de ressources à respecter pour l’attribution d’un logement social sont modifiés par l’arrêté du 19 décembre 2025.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10943" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="-23" w:type="dxa"/>
@@ -7227,51 +7305,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>13343</w:t>
+              <w:t>13460</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="765" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6399" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -7299,51 +7377,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>19942</w:t>
+              <w:t>20116</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1260" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6399" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -7371,51 +7449,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>23972</w:t>
+              <w:t>24181</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="945" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6399" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -7443,51 +7521,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>28714</w:t>
+              <w:t>28965</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="945" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6399" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -7515,51 +7593,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>33992</w:t>
+              <w:t>34288</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="945" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6399" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -7587,51 +7665,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>38252</w:t>
+              <w:t>38585</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="315" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6399" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -7657,51 +7735,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:suppressAutoHyphens w:val="false"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>4262</w:t>
+              <w:t>4299</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7967,74 +8045,74 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Un justificatif de domicile peut être réclamé dans de nombreuses situations, ce document vise à déterminer le lieu de résidence du demandeur. Les </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
+          <w:rStyle w:val="lev1"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="false"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pièces justificatives </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>varient en fonction de la situation personnelle du demandeur.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="amp-wp-7d27179"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
+          <w:rStyle w:val="lev1"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="false"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Le cas échéant, le demandeur doit produire un justificatif de domicile à son nom et prénom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="false"/>
@@ -8354,92 +8432,92 @@
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr/>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr/>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr/>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr/>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr/>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr/>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -10641,51 +10719,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:zoom w:percent="78"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation w:val="true"/>
   <w:hyphenationZone w:val="425"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Lucida Sans"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
@@ -11734,76 +11812,75 @@
     <w:rPr>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PieddepageCar" w:customStyle="1">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut3"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TextedebullesCar" w:customStyle="1">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong" w:customStyle="1">
-    <w:name w:val="Strong"/>
+  <w:style w:type="character" w:styleId="lev1" w:customStyle="1">
+    <w:name w:val="Élevé1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:qFormat/>
-    <w:rsid w:val="00610ed6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Puces" w:customStyle="1">
     <w:name w:val="Puces"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:eastAsia="OpenSymbol" w:cs="OpenSymbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="InternetLink1" w:customStyle="1">
     <w:name w:val="Internet Link1"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="InternetLink2">
+  <w:style w:type="character" w:styleId="InternetLink2" w:customStyle="1">
     <w:name w:val="Internet Link2"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="InternetLink3">
     <w:name w:val="Internet Link3"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="InternetLink4">
     <w:name w:val="Internet Link4"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -12334,50 +12411,50 @@
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Application>LibreOffice/24.2.5.2$Windows_X86_64 LibreOffice_project/bffef4ea93e59bebbeaf7f431bb02b1a39ee8a59</Application>
   <AppVersion></AppVersion>
-  <Pages>5</Pages>
+  <Pages>6</Pages>
   <Words>2475</Words>
   <Characters>13361</Characters>
   <CharactersWithSpaces>16478</CharactersWithSpaces>
   <Paragraphs>179</Paragraphs>
   <Company>CDVO</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator/>
   <dc:description/>
   <dc:language>fr-FR</dc:language>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title>DIRECTION DES</dc:title>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>